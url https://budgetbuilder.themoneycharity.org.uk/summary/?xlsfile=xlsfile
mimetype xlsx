--- v0 (2025-10-31)
+++ v1 (2026-01-08)
@@ -12,77 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>Income</t>
   </si>
   <si>
     <t>Monthly Budget £</t>
   </si>
   <si>
+    <t>Feb</t>
+  </si>
+  <si>
+    <t>Mar</t>
+  </si>
+  <si>
+    <t>Apr</t>
+  </si>
+  <si>
+    <t>May</t>
+  </si>
+  <si>
+    <t>Jun</t>
+  </si>
+  <si>
+    <t>Jul</t>
+  </si>
+  <si>
+    <t>Aug</t>
+  </si>
+  <si>
+    <t>Sep</t>
+  </si>
+  <si>
+    <t>Oct</t>
+  </si>
+  <si>
+    <t>Nov</t>
+  </si>
+  <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Jan</t>
-  </si>
-[...13 lines deleted...]
-    <t>Oct</t>
   </si>
   <si>
     <t>Total Income:</t>
   </si>
   <si>
     <t>£0.00</t>
   </si>
   <si>
     <t>Expenditure</t>
   </si>
   <si>
     <t>Phone, TV &amp; Internet</t>
   </si>
   <si>
     <t>£36.00</t>
   </si>
   <si>
     <t>Food &amp; Housekeeping</t>
   </si>
   <si>
     <t>Motoring</t>
   </si>
   <si>
     <t>£294.99</t>
   </si>
@@ -518,557 +533,557 @@
     <col min="5" max="5" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="8.140869" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="N1" s="1" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="O1" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E3" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="H3" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I3" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="N3" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="O3" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="K5" s="1" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L5" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="M5" s="1" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="N5" s="1" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="O5" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="3" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="H6" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="J6" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="K6" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="L6" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="M6" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="N6" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="O6" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="H7" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="J7" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="K7" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="L7" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="M7" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="N7" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="O7" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="H8" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="J8" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="K8" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="L8" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="M8" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="N8" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="O8" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="3" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="H9" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="J9" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="K9" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="L9" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="M9" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="N9" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="O9" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="H10" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="J10" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="K10" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="L10" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="M10" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="N10" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="O10" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="3" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="H11" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="J11" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="K11" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="L11" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="M11" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="N11" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="O11" s="3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I12" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="N12" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="O12" s="2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="2" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
       <c r="J13" s="2"/>
       <c r="K13" s="2"/>
       <c r="L13" s="2"/>
       <c r="M13" s="2"/>
       <c r="N13" s="2"/>
       <c r="O13" s="2"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" s="3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
       <c r="N16" s="3"/>
       <c r="O16" s="3"/>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="3" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>