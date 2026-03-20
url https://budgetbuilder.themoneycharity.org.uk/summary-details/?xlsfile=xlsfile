--- v0 (2026-01-25)
+++ v1 (2026-03-20)
@@ -26,84 +26,84 @@
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Expenditure</t>
   </si>
   <si>
     <t>Phone, TV &amp; Internet</t>
   </si>
   <si>
     <t>Account</t>
   </si>
   <si>
     <t xml:space="preserve"> Budget £</t>
   </si>
   <si>
+    <t>Apr</t>
+  </si>
+  <si>
+    <t>May</t>
+  </si>
+  <si>
+    <t>Jun</t>
+  </si>
+  <si>
+    <t>Jul</t>
+  </si>
+  <si>
+    <t>Aug</t>
+  </si>
+  <si>
+    <t>Sep</t>
+  </si>
+  <si>
+    <t>Oct</t>
+  </si>
+  <si>
+    <t>Nov</t>
+  </si>
+  <si>
+    <t>Dec</t>
+  </si>
+  <si>
+    <t>Jan</t>
+  </si>
+  <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mar</t>
-  </si>
-[...28 lines deleted...]
-    <t>Jan</t>
   </si>
   <si>
     <t>Mobile phone</t>
   </si>
   <si>
     <t>Bills</t>
   </si>
   <si>
     <t>£36.00</t>
   </si>
   <si>
     <t>£0.00</t>
   </si>
   <si>
     <t>Total:</t>
   </si>
   <si>
     <t>Food &amp; Housekeeping</t>
   </si>
   <si>
     <t>Motoring</t>
   </si>
   <si>
     <t>Vehicle tax</t>
   </si>